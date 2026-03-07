--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -175,51 +175,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256689824</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">344,00 TL</w:t>
+              <w:t xml:space="preserve">595,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elif Tümer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -316,50 +316,101 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mizanpajcı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak Grafikeri: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enes Berkay Bayram</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9000" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">YOLCULUK</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Necip Furkan Yapıcı</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsanoğlu her zaman bir yolculuk içerisindedir bu hayatta. Hep bir yerlere yetişme ve bir şeyleri yapma peşinde olur. Binaenaleyh ben de buradaki öykülerde bunu göstermeye ve bunu örneklendirmeye gayret ettim. Öyküleri yazarken kimi zaman okuduklarımdan, kimi zaman da yaşadıklarımdan beslendiğim oldu. Unutulmamalıdır ki edebiyat, gerçeğin aynasıdır ve gerçeği yansıtır. Bu kitapta da bunu elimden geldiğince yansıtmaya çalıştım. Umarım gayeme ulaşabilir ve istediğimi elde edebilirim. Gayret kuldan, karşılık Allah’tandır!</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Necip Furkan YAPICI</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denizli, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>