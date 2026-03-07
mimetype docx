--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -161,65 +161,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR SB 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MAT SELEFON</w:t>
+              <w:t xml:space="preserve">SELEFONSUZ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786258039849</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">191,00 TL</w:t>
+              <w:t xml:space="preserve">340,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hilal Eksik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,86 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Karınca Toti ile Bir gün.</w:t>
+              <w:t xml:space="preserve">Sürekli çalışmaktan sıkılan ve gördüğü rüyanın etkisinde kalan Toti hayallerinin peşinden koşmaya karar verir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bir gün rüyasında gördüğü yeri bulmak için ailesinden ayrılır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Toti bu yolculukta pek çok maceralar, zorluklar ve hayal kırıklıkları ile karşılaşır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ama asla pes etmez.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karıncaların gizemli yaşamını merak ettiniz mi hiç?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Haydi bir de karınca gözüyle bakalım hayata.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yaşanan bütün zorluklara rağmen asla pes etmemenin, her zorluğun bir çıkış yolu ve mutlu sonu olduğunun, küçük, büyük herkese hitap eden Toti ile birlikte farklı bir bakış açısı geliştirerek, kendi payımıza çıkartacağımız dersin farkına varmaya ne dersiniz?</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Haydi hep birlikte kitapların büyülü dünyasında buluşalım. İyi okumalar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>