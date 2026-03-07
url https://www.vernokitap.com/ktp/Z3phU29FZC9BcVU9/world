--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256689350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">271,00 TL</w:t>
+              <w:t xml:space="preserve">455,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Çağla Özkan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -332,58 +332,58 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ravzagül'de Yasir Gibi Olanlar Kitap Açıklaması</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Bu Hayat İçin Neler Yaptın; Yada Yapacaksın? Yaptıklarının Yada Yapacaklarının Yüzde Kaçını Allah İçin; Yada Allah’ın Habibi Peygamber Efendimiz İçin Yaptın? Kimlerle Yoldaş Oldun; Kimleri Dost Edindin? Zamanı Boşuna Tükettin; Hangi Bir Sahabeyi Örnek Aldın; Yada Hangi Mazluma El Uzattın? Kimin Yanında Oldun; Rahmetin mi, Merhametin mi, İhanetin mi? Hangi Düşüncelere Daldın? Aldığımız Nefesin Belki de Son Nefes Olacağının Garantisi Bile Yokken; Kaç Günlük, Haftalık Yada Kaç Aylık Hesaplar İçine Daldın; Yada Ne Zaman Allah İçin Ağladın? Böyle İçten Gelerek; İç Çekerek; Yoksa Çok Gülerek Kalbini mi Kararttın; Yada Kaç Masumun, Kaç Yetimin, Kaç İnsanın Duasında Bulundun; Yada Kimlerin Ahını Aldın, Günahına Girdin, Bedduası Oldun, Kalbini Kırdın? Hiç Ölmeden Öldün mü; Kendini Hesaba Çektin mi; Vicdanın Rahat mı? Kaç Defa Başını Yastığa Koyunca Uyuyabildin… Güneş Batıdan Doğmadan; Kıyamet Kopmadan; Tövbe Kapısı Kapanmadan; Yolun Doğru, Sonu Hayr Olsun; Gideceğin Yer İslam`ın İlk Şehidi Yasir’in Yanı Olsun.</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu Hayat İçin Neler Yaptın; Yada Yapacaksın? Yaptıklarının Yada Yapacaklarının Yüzde Kaçını Allah İçin; Yada Allah’ın Habibi Peygamber Efendimiz İçin Yaptın? Kimlerle Yoldaş Oldun; Kimleri Dost Edindin? Zamanı Boşuna Tükettin; Hangi Bir Sahabeyi Örnek Aldın; Yada Hangi Mazluma El Uzattın? Kimin Yanında Oldun; Rahmetin mi, Merhametin mi, İhanetin mi? Hangi Düşüncelere Daldın? Aldığımız Nefesin Belki de Son Nefes Olacağının Garantisi Bile Yokken; Kaç Günlük, Haftalık Yada Kaç Aylık Hesaplar İçine Daldın; Yada Ne Zaman Allah İçin Ağladın? Böyle İçten Gelerek; İç Çekerek; Yoksa Çok Gülerek Kalbini mi Kararttın; Yada Kaç Masumun, Kaç Yetimin, Kaç İnsanın Duasında Bulundun; Yada Kimlerin Ahını Aldın, Günahına Girdin, Bedduası Oldun, Kalbini Kırdın? Hiç Ölmeden Öldün mü; Kendini Hesaba Çektin mi; Vicdanın Rahat mı? Kaç Defa Başını Yastığa Koyunca Uyuyabildin… Güneş Batıdan Doğmadan; Kıyamet Kopmadan; Tövbe Kapısı Kapanmadan; Yolun Doğru, Sonu Hayr Olsun; Gideceğin Yer İslam'ın İlk Şehidi Yasir’in Yanı Olsun.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>