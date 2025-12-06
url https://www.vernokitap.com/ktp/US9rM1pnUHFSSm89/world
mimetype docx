--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -359,50 +359,183 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yayıncı ‏ : ‎ Tilki Kitap.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yayınlanma Tarihi ‏ : ‎ 14 Kasım 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baskı Uzunluğu ‏ : ‎ 1 sayfa</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISBN-10 ‏ : ‎ 6255896692</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISBN-13 ‏ : ‎ 978-6255896698</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boyutlar ‏ : ‎ 1 x 1 x 1 cm</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">	</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -509,51 +642,203 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="401E2257"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>