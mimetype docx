--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verno Kitap Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Tilki Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:200pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -140,72 +140,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE TEL DİKİŞ 230</w:t>
+              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -644,51 +658,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="401E2257"/>
+    <w:nsid w:val="877B9EF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>