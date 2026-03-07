--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -161,65 +161,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
+              <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255896698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">430,56 TL</w:t>
+              <w:t xml:space="preserve">950,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Müdürü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -658,51 +658,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="877B9EF9"/>
+    <w:nsid w:val="A90231AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>