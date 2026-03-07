--- v3 (2026-03-07)
+++ v4 (2026-03-07)
@@ -658,51 +658,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A90231AE"/>
+    <w:nsid w:val="617ECE3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>