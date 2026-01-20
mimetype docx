--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Verno Kitap Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Tilki Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:200pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -140,72 +140,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">İngilizce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE TEL DİKİŞ 230</w:t>
+              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -354,50 +368,86 @@
               <w:t xml:space="preserve">Emir Tali</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“I truly believe that happy people with minds enriched by art can reach a higher state of awareness. Their souls continue to inspire the world they live in and humanity for centuries.”</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gonca Otluoğlu</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“It all began with a ballet class watched through a window. A little girl kept dreaming about one day becoming part of the world she saw from behind the glass. Sometimes, dreams come true when you least expect them.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">This book tells the story of a child’s heartfelt dream, the support of her family, and the power of believing in yourself. It’s a warm journey filled with challenges, worries, first steps, and hope.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A pure and honest journey through the eyes of a child. Maybe it will touch your heart, too.”</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">By scanning the QR code at the end of the book or accessing the Padlet link, you will be directed to the book’s interactive educational page. On this Padlet page, you can explore the following sections: the history of ballet and dance, the history of stage and costume design, famous ballerinas and dancers, librettos of famous ballets, ballet and dance class activities, audio recordings of the book, the catalog, reader stories, feedback and suggestions, and information about the author.</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>