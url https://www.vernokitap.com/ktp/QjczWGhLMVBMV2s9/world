--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -133,93 +133,93 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">İngilizce</w:t>
+              <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL TEL DİKİŞ 230</w:t>
+              <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -259,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786255896667</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">400,00 TL</w:t>
+              <w:t xml:space="preserve">950,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurucu: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emrah Çelik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İşletme Müdürü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>