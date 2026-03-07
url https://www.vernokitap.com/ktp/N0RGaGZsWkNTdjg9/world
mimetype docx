--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256831803</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">151,00 TL</w:t>
+              <w:t xml:space="preserve">230,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elif Tümer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,96 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Anne ve baba tavşan yavrularını affetmiş ve ağaçkakana da çok teşekkür etmişler. Yaramaz tavşan o günden sonra gerçekten de çok değişmiş. Çok uslu, çok iyi kalpli ve herkesle iyi geçinen biri olmuş. En iyi arkadaşı ise ağaçkakan olmuş, hep beraber mutlu bir şekilde yaşayıp gitmişler.</w:t>
+              <w:t xml:space="preserve">YARAMAZ TAVŞAN İLE AĞAÇKAKAN</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zahide Can</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“Hava çok güzel, her yer günlük güneşlikmiş. Yaramaz tavşan şarkılar söyleyip dans ederek yol alıyormuş, keyfine de diyecek yokmuş. O sesi duyana kadar tabii... Çalılıkların arasından bir ses yardım istiyormuş. O sese doğru gitmiş, bir de ne görsün? Bir ağaçkakan kanadını çalıya sıkıştırmış, çırpınıp duruyormuş. Ağaçkakan, tavşanı görünce:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“Ne olur beni kurtar yoksa burada ölüp gideceğim.” demiş.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tavşan yaramazmış ama çok da iyi kalpliymiş. Hemen ağaçkakanı çalıdan kurtarmış. Ağaçkakan:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sağ ol tavşan, benim hayatımı kurtardın. Belki bir gün ben de senin hayatını kurtarırım. Böylece sana olan borcumu öderim.” demiş.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tavşan kahkahalarla gülmeye başlamış, ağaçkakan ona neden güldüğünü sorduğunda:</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">“Sen bir ağaçkakansın, havada gezersin. Ben ise bir tavşanım ve karada gezerim. Hem sen küçüksün, nasıl olur da benim canımı kurtarabilirsin?” demiş ve yoluna gülerek devam etmiş.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ağaçkakan çabuk pes etmemiş ve tavşana küçüklerin de büyükler gibi her şeyi yapabileceğini ispatlamaya karar vermiş, tavşanı havadan takibe almış...”</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu kitapta “Yaramaz Tavşan ile Ağaçkakan”nın sevgi dolu hikâyesi ile birlikte birçok hikâyeye eşlik edeceksiniz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>