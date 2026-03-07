--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -161,51 +161,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. HAMUR CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786258039863</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">278,00 TL</w:t>
+              <w:t xml:space="preserve">410,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hilal Eksik</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,139 +330,68 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">	</w:t>
-[...87 lines deleted...]
-              <w:t xml:space="preserve">ISBN-13 ‏ : ‎ 978-6258039863</w:t>
+              <w:t xml:space="preserve">İPUCU PEŞİNDE</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ayşe Erdoğan</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Merhaba ben Emir arkadaşlarım Esra ve Aykut. Tam üç kafadarız. Maceralar mı bizi bulur, biz mi maceraları bilinmez ama bilinen tek şey sürekli maceraların içindeyiz. Bu maceralardan kurtulmak sanıldığı gibi kolay değil. İpuçları var ancak ipuçlarını bulabilirsek bu maceralardan kurtulabiliriz.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sizler de ipuçlarını çözmeye bize yardımcı olmaya var mısınız? O zaman sayfaları çevirin maceralardan hep birlikte çıkalım. İyi okumalar...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -569,203 +498,51 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...151 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>